--- v0 (2025-10-14)
+++ v1 (2025-12-13)
@@ -5,143 +5,161 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="10311" w:type="dxa"/>
         <w:tblInd w:w="392" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1286"/>
         <w:gridCol w:w="1124"/>
         <w:gridCol w:w="429"/>
         <w:gridCol w:w="525"/>
         <w:gridCol w:w="6138"/>
         <w:gridCol w:w="809"/>
       </w:tblGrid>
       <w:tr w:rsidR="009F732B" w14:paraId="4904815F" w14:textId="77777777" w:rsidTr="00920021">
         <w:trPr>
           <w:trHeight w:val="142"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10311" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0837354D" w14:textId="35882B39" w:rsidR="009F732B" w:rsidRPr="00520AE1" w:rsidRDefault="009F732B" w:rsidP="00E07662">
+          <w:p w14:paraId="0837354D" w14:textId="521BB41C" w:rsidR="009F732B" w:rsidRPr="00520AE1" w:rsidRDefault="009F732B" w:rsidP="00E07662">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00520AE1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Offizielle WJV Wiegeliste </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="0057626F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>MMdV</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00520AE1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> u1</w:t>
+              <w:t xml:space="preserve"> u</w:t>
             </w:r>
-            <w:r w:rsidR="000D66C7">
+            <w:r w:rsidR="004E4C6B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">1 </w:t>
+              <w:t>11</w:t>
             </w:r>
-            <w:r w:rsidR="00FD5ED3">
+            <w:r w:rsidR="000D66C7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>männlich</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00610B4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>männ</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD5ED3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>lich</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00520AE1" w14:paraId="701FAAD1" w14:textId="77777777" w:rsidTr="00920021">
         <w:trPr>
           <w:trHeight w:val="142"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4CE3EE68" w14:textId="77777777" w:rsidR="009F732B" w:rsidRDefault="009F732B" w:rsidP="009F732B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -612,91 +630,91 @@
             <w:tcW w:w="809" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C716BDE" w14:textId="77777777" w:rsidR="009F732B" w:rsidRPr="00E30B95" w:rsidRDefault="009F732B" w:rsidP="00920021">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E30B95">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Pass</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="4939C1FA" w14:textId="77777777" w:rsidTr="00920021">
+      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="4939C1FA" w14:textId="77777777" w:rsidTr="00CC24E7">
         <w:trPr>
-          <w:trHeight w:val="142"/>
+          <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23759A3D" w14:textId="0E6B9FAB" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="004D6F46">
+          <w:p w14:paraId="23759A3D" w14:textId="1AEC5717" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="004D6F46">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:permStart w:id="1929783671" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
             <w:permStart w:id="783696400" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
             <w:permStart w:id="1057634358" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
             <w:r w:rsidRPr="00920021">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="000D66C7">
-[...5 lines deleted...]
-              <w:t>25</w:t>
+            <w:r w:rsidR="00610B4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1553" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71AAE0B6" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="009F732B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6663" w:type="dxa"/>
@@ -714,53 +732,53 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="809" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="781E9B53" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="009F732B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="2E6FC4B7" w14:textId="77777777" w:rsidTr="00920021">
+      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="2E6FC4B7" w14:textId="77777777" w:rsidTr="00CC24E7">
         <w:trPr>
-          <w:trHeight w:val="142"/>
+          <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47D3735B" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="009F732B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:permStart w:id="1825599788" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
             <w:permStart w:id="648614720" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
             <w:permStart w:id="1447322726" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
             <w:permEnd w:id="1929783671"/>
             <w:permEnd w:id="783696400"/>
             <w:permEnd w:id="1057634358"/>
           </w:p>
@@ -794,53 +812,53 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="809" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33ED3750" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="009F732B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="41801272" w14:textId="77777777" w:rsidTr="005A4945">
+      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="41801272" w14:textId="77777777" w:rsidTr="00CC24E7">
         <w:trPr>
-          <w:trHeight w:val="142"/>
+          <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1526DEC5" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="005A4945">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:permStart w:id="777470847" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
             <w:permStart w:id="2053515139" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
             <w:permStart w:id="1877769847" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
             <w:permEnd w:id="1825599788"/>
             <w:permEnd w:id="648614720"/>
             <w:permEnd w:id="1447322726"/>
           </w:p>
@@ -874,53 +892,53 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="809" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16B8902F" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="005A4945">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="04BAEC55" w14:textId="77777777" w:rsidTr="00920021">
+      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="04BAEC55" w14:textId="77777777" w:rsidTr="00CC24E7">
         <w:trPr>
-          <w:trHeight w:val="142"/>
+          <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10DA735B" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="009F732B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:permStart w:id="1898346196" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
             <w:permStart w:id="966752548" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
             <w:permStart w:id="1325610749" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
             <w:permEnd w:id="777470847"/>
             <w:permEnd w:id="2053515139"/>
             <w:permEnd w:id="1877769847"/>
           </w:p>
@@ -954,53 +972,53 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="809" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50DE8C58" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="009F732B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="4AD68E33" w14:textId="77777777" w:rsidTr="005A4945">
+      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="4AD68E33" w14:textId="77777777" w:rsidTr="00CC24E7">
         <w:trPr>
-          <w:trHeight w:val="142"/>
+          <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E8EF3BD" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="005A4945">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:permStart w:id="1189617493" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
             <w:permStart w:id="1430286318" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
             <w:permStart w:id="58998714" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
             <w:permEnd w:id="1898346196"/>
             <w:permEnd w:id="966752548"/>
             <w:permEnd w:id="1325610749"/>
           </w:p>
@@ -1034,94 +1052,102 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="809" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7384DB1B" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="005A4945">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="31F9B71C" w14:textId="77777777" w:rsidTr="00920021">
+      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="31F9B71C" w14:textId="77777777" w:rsidTr="00CC24E7">
         <w:trPr>
-          <w:trHeight w:val="142"/>
+          <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C4C494A" w14:textId="7A89DDF8" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="005401F4" w:rsidP="004D6F46">
+          <w:p w14:paraId="4C4C494A" w14:textId="6030A795" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="005401F4" w:rsidP="004D6F46">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:permStart w:id="1813479358" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
             <w:permStart w:id="2141745819" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
             <w:permStart w:id="1550199369" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
             <w:permEnd w:id="1189617493"/>
             <w:permEnd w:id="1430286318"/>
             <w:permEnd w:id="58998714"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="000D66C7">
-[...5 lines deleted...]
-              <w:t>28</w:t>
+            <w:r w:rsidR="004E4C6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1553" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25A47845" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="009F732B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6663" w:type="dxa"/>
@@ -1139,53 +1165,53 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="809" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="663FA069" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="009F732B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="6E746AE5" w14:textId="77777777" w:rsidTr="00920021">
+      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="6E746AE5" w14:textId="77777777" w:rsidTr="00CC24E7">
         <w:trPr>
-          <w:trHeight w:val="142"/>
+          <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53F27447" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="009F732B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:permStart w:id="911737746" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
             <w:permStart w:id="313071013" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
             <w:permStart w:id="526552" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
             <w:permEnd w:id="1813479358"/>
             <w:permEnd w:id="2141745819"/>
             <w:permEnd w:id="1550199369"/>
           </w:p>
@@ -1219,53 +1245,53 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="809" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2656E3F8" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="009F732B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="713490BF" w14:textId="77777777" w:rsidTr="005A4945">
+      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="713490BF" w14:textId="77777777" w:rsidTr="00CC24E7">
         <w:trPr>
-          <w:trHeight w:val="142"/>
+          <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6950822B" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="005A4945">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:permStart w:id="460018483" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
             <w:permStart w:id="1882685281" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
             <w:permStart w:id="1603153247" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
             <w:permEnd w:id="911737746"/>
             <w:permEnd w:id="313071013"/>
             <w:permEnd w:id="526552"/>
           </w:p>
@@ -1299,53 +1325,53 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="809" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4886AA00" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="005A4945">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="029AF9C9" w14:textId="77777777" w:rsidTr="005A4945">
+      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="029AF9C9" w14:textId="77777777" w:rsidTr="00CC24E7">
         <w:trPr>
-          <w:trHeight w:val="142"/>
+          <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="241A09E1" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="005A4945">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:permStart w:id="1819156901" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
             <w:permStart w:id="1037178976" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
             <w:permStart w:id="814568614" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
             <w:permEnd w:id="460018483"/>
             <w:permEnd w:id="1882685281"/>
             <w:permEnd w:id="1603153247"/>
           </w:p>
@@ -1379,53 +1405,53 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="809" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E57350C" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="005A4945">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="64E1D295" w14:textId="77777777" w:rsidTr="00920021">
+      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="64E1D295" w14:textId="77777777" w:rsidTr="00CC24E7">
         <w:trPr>
-          <w:trHeight w:val="142"/>
+          <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0335D02D" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="009F732B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:permStart w:id="772298905" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
             <w:permStart w:id="20655423" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
             <w:permStart w:id="1292921374" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
             <w:permEnd w:id="1819156901"/>
             <w:permEnd w:id="1037178976"/>
             <w:permEnd w:id="814568614"/>
           </w:p>
@@ -1459,94 +1485,102 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="809" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DCEE2DB" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="009F732B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="6BD0062F" w14:textId="77777777" w:rsidTr="00920021">
+      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="6BD0062F" w14:textId="77777777" w:rsidTr="00CC24E7">
         <w:trPr>
-          <w:trHeight w:val="142"/>
+          <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71C13515" w14:textId="33193BFA" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="005401F4" w:rsidP="004D6F46">
+          <w:p w14:paraId="71C13515" w14:textId="3B0B696C" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="005401F4" w:rsidP="004D6F46">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:permStart w:id="2044677574" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
             <w:permStart w:id="1790392102" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
             <w:permStart w:id="1345669423" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
             <w:permEnd w:id="772298905"/>
             <w:permEnd w:id="20655423"/>
             <w:permEnd w:id="1292921374"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="000D66C7">
-[...5 lines deleted...]
-              <w:t>31</w:t>
+            <w:r w:rsidR="004E4C6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1553" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C1E6CE7" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="009F732B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6663" w:type="dxa"/>
@@ -1564,53 +1598,53 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="809" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21D10C42" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="009F732B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="045EDE02" w14:textId="77777777" w:rsidTr="00920021">
+      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="045EDE02" w14:textId="77777777" w:rsidTr="00CC24E7">
         <w:trPr>
-          <w:trHeight w:val="142"/>
+          <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="268A1A7C" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="009F732B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:permStart w:id="769217769" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
             <w:permStart w:id="1996889556" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
             <w:permStart w:id="779909983" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
             <w:permEnd w:id="2044677574"/>
             <w:permEnd w:id="1790392102"/>
             <w:permEnd w:id="1345669423"/>
           </w:p>
@@ -1644,53 +1678,53 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="809" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51A00EA6" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="009F732B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="01B94074" w14:textId="77777777" w:rsidTr="005A4945">
+      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="01B94074" w14:textId="77777777" w:rsidTr="00CC24E7">
         <w:trPr>
-          <w:trHeight w:val="142"/>
+          <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E6D4121" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="005A4945">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:permStart w:id="322240788" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
             <w:permStart w:id="260113144" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
             <w:permStart w:id="523634331" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
             <w:permEnd w:id="769217769"/>
             <w:permEnd w:id="1996889556"/>
             <w:permEnd w:id="779909983"/>
           </w:p>
@@ -1724,53 +1758,53 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="809" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AF3B024" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="005A4945">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="7C1E114C" w14:textId="77777777" w:rsidTr="005A4945">
+      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="7C1E114C" w14:textId="77777777" w:rsidTr="00CC24E7">
         <w:trPr>
-          <w:trHeight w:val="142"/>
+          <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08A1EBEC" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="005A4945">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:permStart w:id="266477463" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
             <w:permStart w:id="808521436" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
             <w:permStart w:id="1119581773" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
             <w:permEnd w:id="322240788"/>
             <w:permEnd w:id="260113144"/>
             <w:permEnd w:id="523634331"/>
           </w:p>
@@ -1804,53 +1838,53 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="809" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4CEB5B65" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="005A4945">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="3A0D0CD2" w14:textId="77777777" w:rsidTr="00920021">
+      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="3A0D0CD2" w14:textId="77777777" w:rsidTr="00CC24E7">
         <w:trPr>
-          <w:trHeight w:val="142"/>
+          <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4677B530" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="009F732B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:permStart w:id="1504722830" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
             <w:permStart w:id="188614482" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
             <w:permStart w:id="842336087" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
             <w:permEnd w:id="266477463"/>
             <w:permEnd w:id="808521436"/>
             <w:permEnd w:id="1119581773"/>
           </w:p>
@@ -1884,94 +1918,94 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="809" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30D6C33F" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="009F732B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="6CD5265E" w14:textId="77777777" w:rsidTr="00920021">
+      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="6CD5265E" w14:textId="77777777" w:rsidTr="00CC24E7">
         <w:trPr>
-          <w:trHeight w:val="142"/>
+          <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71E23073" w14:textId="2A9A0790" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="004D6F46">
+          <w:p w14:paraId="71E23073" w14:textId="58A4DB1D" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="004D6F46">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:permStart w:id="1080515738" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
             <w:permStart w:id="1744011214" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
             <w:permStart w:id="1349527986" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
             <w:permEnd w:id="1504722830"/>
             <w:permEnd w:id="188614482"/>
             <w:permEnd w:id="842336087"/>
             <w:r w:rsidRPr="00920021">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="000D66C7">
-[...5 lines deleted...]
-              <w:t>34</w:t>
+            <w:r w:rsidR="00610B4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1553" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D69B0C7" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="009F732B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6663" w:type="dxa"/>
@@ -1989,53 +2023,53 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="809" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2AA73CD3" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="009F732B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="1827D544" w14:textId="77777777" w:rsidTr="00920021">
+      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="1827D544" w14:textId="77777777" w:rsidTr="00CC24E7">
         <w:trPr>
-          <w:trHeight w:val="142"/>
+          <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="482DDB6F" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="004D6F46">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:permStart w:id="289681087" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
             <w:permStart w:id="1591020533" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
             <w:permStart w:id="664621769" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
             <w:permEnd w:id="1080515738"/>
             <w:permEnd w:id="1744011214"/>
             <w:permEnd w:id="1349527986"/>
@@ -2070,53 +2104,53 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="809" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F2DB93A" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="009F732B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="7E22F1E8" w14:textId="77777777" w:rsidTr="005A4945">
+      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="7E22F1E8" w14:textId="77777777" w:rsidTr="00CC24E7">
         <w:trPr>
-          <w:trHeight w:val="142"/>
+          <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="288A881F" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="004D6F46">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:permStart w:id="1596095415" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
             <w:permStart w:id="80437204" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
             <w:permStart w:id="730209766" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
             <w:permEnd w:id="289681087"/>
             <w:permEnd w:id="1591020533"/>
             <w:permEnd w:id="664621769"/>
@@ -2151,53 +2185,53 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="809" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D26A208" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="005A4945">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="6EE51D1A" w14:textId="77777777" w:rsidTr="005A4945">
+      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="6EE51D1A" w14:textId="77777777" w:rsidTr="00CC24E7">
         <w:trPr>
-          <w:trHeight w:val="142"/>
+          <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3AEA60C8" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="004D6F46">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:permStart w:id="1616801648" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
             <w:permStart w:id="2042448386" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
             <w:permStart w:id="322573510" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
             <w:permEnd w:id="1596095415"/>
             <w:permEnd w:id="80437204"/>
             <w:permEnd w:id="730209766"/>
@@ -2232,53 +2266,53 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="809" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77BB7E31" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="005A4945">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="1E4E380D" w14:textId="77777777" w:rsidTr="00920021">
+      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="1E4E380D" w14:textId="77777777" w:rsidTr="00CC24E7">
         <w:trPr>
-          <w:trHeight w:val="142"/>
+          <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B2D5A75" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="004D6F46">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:permStart w:id="454164766" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
             <w:permStart w:id="1242900454" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
             <w:permStart w:id="1467112159" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
             <w:permStart w:id="1979206533" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
             <w:permStart w:id="62852570" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
             <w:permStart w:id="56259965" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
@@ -2316,94 +2350,94 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="809" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01AE7F17" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="009F732B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="02D25EFF" w14:textId="77777777" w:rsidTr="00920021">
+      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="02D25EFF" w14:textId="77777777" w:rsidTr="00CC24E7">
         <w:trPr>
-          <w:trHeight w:val="142"/>
+          <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="578C54AF" w14:textId="7CFE7A22" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="0057626F" w:rsidP="004D6F46">
+          <w:p w14:paraId="578C54AF" w14:textId="0DEF80A7" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="00CC24E7" w:rsidP="004D6F46">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:permStart w:id="418585625" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
             <w:permStart w:id="727336264" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
             <w:permStart w:id="1264933879" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
             <w:permEnd w:id="454164766"/>
             <w:permEnd w:id="1242900454"/>
             <w:permEnd w:id="1467112159"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>-</w:t>
+              <w:t>+</w:t>
             </w:r>
-            <w:r w:rsidR="000D66C7">
-[...5 lines deleted...]
-              <w:t>37</w:t>
+            <w:r w:rsidR="00610B4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>40</w:t>
             </w:r>
             <w:permEnd w:id="1979206533"/>
             <w:permEnd w:id="62852570"/>
             <w:permEnd w:id="56259965"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1553" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D99935E" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="009F732B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -2424,53 +2458,53 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="809" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61292737" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="009F732B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="34754AD3" w14:textId="77777777" w:rsidTr="00920021">
+      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="34754AD3" w14:textId="77777777" w:rsidTr="00CC24E7">
         <w:trPr>
-          <w:trHeight w:val="142"/>
+          <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B931355" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="009F732B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:permStart w:id="759239835" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
             <w:permStart w:id="1625839497" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
             <w:permStart w:id="1076198920" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
             <w:permEnd w:id="418585625"/>
             <w:permEnd w:id="727336264"/>
             <w:permEnd w:id="1264933879"/>
           </w:p>
@@ -2504,53 +2538,53 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="809" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39CE252F" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="009F732B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="14517CA1" w14:textId="77777777" w:rsidTr="005A4945">
+      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="14517CA1" w14:textId="77777777" w:rsidTr="00CC24E7">
         <w:trPr>
-          <w:trHeight w:val="142"/>
+          <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="669A5FA9" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="005A4945">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:permStart w:id="1932753804" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
             <w:permStart w:id="823536049" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
             <w:permStart w:id="451760026" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
             <w:permEnd w:id="759239835"/>
             <w:permEnd w:id="1625839497"/>
             <w:permEnd w:id="1076198920"/>
           </w:p>
@@ -2584,53 +2618,53 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="809" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="531CD62E" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="005A4945">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="40C31917" w14:textId="77777777" w:rsidTr="005A4945">
+      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="40C31917" w14:textId="77777777" w:rsidTr="00CC24E7">
         <w:trPr>
-          <w:trHeight w:val="142"/>
+          <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1DA74BCB" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="005A4945">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:permStart w:id="1893407711" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
             <w:permStart w:id="1190678925" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
             <w:permStart w:id="693136438" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
             <w:permEnd w:id="1932753804"/>
             <w:permEnd w:id="823536049"/>
             <w:permEnd w:id="451760026"/>
           </w:p>
@@ -2664,53 +2698,53 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="809" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0EED4D81" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="005A4945">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="0D01A87D" w14:textId="77777777" w:rsidTr="000D66C7">
+      <w:tr w:rsidR="004D6F46" w:rsidRPr="00920021" w14:paraId="0D01A87D" w14:textId="77777777" w:rsidTr="00CC24E7">
         <w:trPr>
-          <w:trHeight w:val="142"/>
+          <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1286" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12C456D3" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="009F732B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:permStart w:id="696984772" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
             <w:permStart w:id="1076980197" w:edGrp="everyone" w:colFirst="2" w:colLast="2"/>
             <w:permStart w:id="1262512623" w:edGrp="everyone" w:colFirst="3" w:colLast="3"/>
             <w:permEnd w:id="1893407711"/>
             <w:permEnd w:id="1190678925"/>
             <w:permEnd w:id="693136438"/>
@@ -2752,1108 +2786,262 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="809" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76F4161F" w14:textId="77777777" w:rsidR="004D6F46" w:rsidRPr="00920021" w:rsidRDefault="004D6F46" w:rsidP="009F732B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0057626F" w:rsidRPr="00920021" w14:paraId="7B8DC1F8" w14:textId="77777777" w:rsidTr="000D66C7">
-[...847 lines deleted...]
-      <w:permEnd w:id="402080358"/>
+      <w:permEnd w:id="696984772"/>
+      <w:permEnd w:id="1076980197"/>
+      <w:permEnd w:id="1262512623"/>
     </w:tbl>
     <w:p w14:paraId="6248B964" w14:textId="77777777" w:rsidR="002E481B" w:rsidRPr="009F732B" w:rsidRDefault="002E481B" w:rsidP="00920021">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="002E481B" w:rsidRPr="009F732B" w:rsidSect="009F732B">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1701" w:right="567" w:bottom="1418" w:left="567" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1643FBFD" w14:textId="77777777" w:rsidR="00F868BB" w:rsidRDefault="00F868BB" w:rsidP="009F732B">
+    <w:p w14:paraId="23677D9D" w14:textId="77777777" w:rsidR="00295F87" w:rsidRDefault="00295F87" w:rsidP="009F732B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="70C96024" w14:textId="77777777" w:rsidR="00F868BB" w:rsidRDefault="00F868BB" w:rsidP="009F732B">
+    <w:p w14:paraId="4F94DD12" w14:textId="77777777" w:rsidR="00295F87" w:rsidRDefault="00295F87" w:rsidP="009F732B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1A364373" w14:textId="77777777" w:rsidR="00353BDB" w:rsidRPr="009F732B" w:rsidRDefault="00353BDB">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00870618">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>Auszug aus der WKO</w:t>
     </w:r>
     <w:r w:rsidRPr="00870618">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>: Im Jugendbereich dürfen in jeder Gewichtsklasse beliebig viele Kämpfer je Mannschaft eingewogen werden, die untereinander ausgewechselt werden können. Das Wechseln in die nächst höhere Gewichtsklasse und zurück ist ebenfalls zulässig, jedoch nur, wenn der betreffende Kämpfer in der seinem tatsächlichen Gewicht entsprechenden Klasse eingewogen wurde.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="13FAA398" w14:textId="77777777" w:rsidR="00F868BB" w:rsidRDefault="00F868BB" w:rsidP="009F732B">
+    <w:p w14:paraId="02ED6AD2" w14:textId="77777777" w:rsidR="00295F87" w:rsidRDefault="00295F87" w:rsidP="009F732B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="12B7E64C" w14:textId="77777777" w:rsidR="00F868BB" w:rsidRDefault="00F868BB" w:rsidP="009F732B">
+    <w:p w14:paraId="336A1C8F" w14:textId="77777777" w:rsidR="00295F87" w:rsidRDefault="00295F87" w:rsidP="009F732B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabellenraster"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblInd w:w="284" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="1281"/>
       <w:gridCol w:w="4389"/>
       <w:gridCol w:w="4678"/>
     </w:tblGrid>
     <w:tr w:rsidR="00353BDB" w14:paraId="5DFC2ED6" w14:textId="77777777" w:rsidTr="00920021">
       <w:trPr>
         <w:trHeight w:val="847"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1281" w:type="dxa"/>
           <w:vMerge w:val="restart"/>
         </w:tcPr>
-        <w:p w14:paraId="5577968F" w14:textId="77777777" w:rsidR="00353BDB" w:rsidRDefault="00FD5ED3" w:rsidP="009F732B">
+        <w:p w14:paraId="5577968F" w14:textId="77777777" w:rsidR="00353BDB" w:rsidRDefault="00295F87" w:rsidP="009F732B">
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="3E5EF8B9">
               <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                 <v:stroke joinstyle="miter"/>
                 <v:formulas>
                   <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                   <v:f eqn="sum @0 1 0"/>
                   <v:f eqn="sum 0 0 @1"/>
                   <v:f eqn="prod @2 1 2"/>
                   <v:f eqn="prod @3 21600 pixelWidth"/>
                   <v:f eqn="prod @3 21600 pixelHeight"/>
                   <v:f eqn="sum @0 0 1"/>
                   <v:f eqn="prod @6 1 2"/>
                   <v:f eqn="prod @7 21600 pixelWidth"/>
                   <v:f eqn="sum @8 21600 0"/>
                   <v:f eqn="prod @7 21600 pixelHeight"/>
                   <v:f eqn="sum @10 21600 0"/>
                 </v:formulas>
                 <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                 <o:lock v:ext="edit" aspectratio="t"/>
               </v:shapetype>
               <v:shape id="_x0000_s1025" type="#_x0000_t75" style="position:absolute;margin-left:63pt;margin-top:8.95pt;width:444.8pt;height:30.9pt;z-index:251659264">
                 <v:imagedata r:id="rId1" o:title=""/>
               </v:shape>
-              <o:OLEObject Type="Embed" ProgID="Designer.Drawing.7" ShapeID="_x0000_s1025" DrawAspect="Content" ObjectID="_1758440514" r:id="rId2"/>
+              <o:OLEObject Type="Embed" ProgID="Designer.Drawing.7" ShapeID="_x0000_s1025" DrawAspect="Content" ObjectID="_1826861162" r:id="rId2"/>
             </w:object>
           </w:r>
           <w:r w:rsidR="00353BDB">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5C78A6EC" wp14:editId="1BA8A426">
                 <wp:extent cx="698500" cy="679450"/>
                 <wp:effectExtent l="0" t="0" r="12700" b="6350"/>
                 <wp:docPr id="1" name="Bild 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Bild 2"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId3">
@@ -3930,136 +3118,142 @@
         <w:p w14:paraId="52D51B91" w14:textId="77777777" w:rsidR="00353BDB" w:rsidRDefault="00353BDB" w:rsidP="009F732B">
           <w:pPr>
             <w:jc w:val="right"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>Mitglied des Deutschen Judo-Bundes e.V</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="1B5F96D6" w14:textId="77777777" w:rsidR="00353BDB" w:rsidRDefault="00353BDB">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="3+9g8413IAkm/zDvMvp8NKn6bM6kIeMjg+I77XeQm6+3VXJNd80VnIrxLtFCyrYbBxgxCWKXGygH+X7l8LWdHw==" w:salt="El0vpzhmgge9ga1v22Oy+A=="/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="nM6KVQyysXvMkHows7BYhuFyKBkVy/iZ8+NnlTaqLARQssLncNOxNFtjsneD7RCX/JPWRKlTW7FZJkK9WjrZmA==" w:salt="yth4DtOhIx30rakZwhsjkg=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009F732B"/>
+    <w:rsid w:val="0003157F"/>
     <w:rsid w:val="00087A9B"/>
     <w:rsid w:val="000D66C7"/>
+    <w:rsid w:val="00295F87"/>
     <w:rsid w:val="002E481B"/>
     <w:rsid w:val="00353BDB"/>
+    <w:rsid w:val="004D56E9"/>
     <w:rsid w:val="004D6F46"/>
+    <w:rsid w:val="004E4C6B"/>
     <w:rsid w:val="00520AE1"/>
     <w:rsid w:val="005401F4"/>
     <w:rsid w:val="0057626F"/>
+    <w:rsid w:val="00610B4A"/>
     <w:rsid w:val="00732792"/>
     <w:rsid w:val="0079656F"/>
     <w:rsid w:val="00920021"/>
     <w:rsid w:val="009F732B"/>
+    <w:rsid w:val="00B27531"/>
     <w:rsid w:val="00C365EE"/>
+    <w:rsid w:val="00CC24E7"/>
     <w:rsid w:val="00D03D46"/>
     <w:rsid w:val="00D72F0C"/>
     <w:rsid w:val="00DC0194"/>
     <w:rsid w:val="00E07662"/>
     <w:rsid w:val="00E30B95"/>
     <w:rsid w:val="00EE59EE"/>
     <w:rsid w:val="00F868BB"/>
     <w:rsid w:val="00FD5ED3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3A5C33EC"/>
   <w14:defaultImageDpi w14:val="300"/>
   <w15:docId w15:val="{689539F5-4406-45CA-9ED0-241D6D8D10FD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4529,51 +3723,51 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="009F732B"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SprechblasentextZchn">
     <w:name w:val="Sprechblasentext Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Sprechblasentext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="009F732B"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-Design">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
@@ -4883,66 +4077,66 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FEC79697-2116-4731-9A87-B638F15163AF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>81</Words>
-  <Characters>514</Characters>
+  <Words>73</Words>
+  <Characters>464</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>8</DocSecurity>
-  <Lines>4</Lines>
+  <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>we</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>594</CharactersWithSpaces>
+  <CharactersWithSpaces>536</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Ellen Wegner</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>